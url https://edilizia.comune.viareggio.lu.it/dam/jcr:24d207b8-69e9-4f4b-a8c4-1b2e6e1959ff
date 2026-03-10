--- v0 (2026-01-24)
+++ v1 (2026-03-10)
@@ -1,74 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Titoloprincipale"/>
+        <w:pStyle w:val="Title"/>
         <w:spacing w:before="90" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Titolo1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="217" w:after="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Assegno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
@@ -100,51 +101,51 @@
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:lineRule="auto" w:line="235" w:before="246" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>L’assegno di maternità è un aiuto economico concesso dal Comune di residenza ed erogato dall’Inps. È rivolto alle madri che non beneficiano di nessuna indennità di maternità (o che percepiscono un’indennità inferiore all’importo del contributo stesso) ed il cui indicatore ISEE minorenni ordinario, in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-1"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
@@ -271,51 +272,51 @@
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>affido</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-20"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>preadottivo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="188" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>L'assegno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>di</w:t>
@@ -398,51 +399,51 @@
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>madre:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="834" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="exact" w:line="367" w:before="191" w:after="0"/>
-        <w:ind w:left="834" w:right="0" w:hanging="359"/>
+        <w:ind w:hanging="359" w:start="834" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>che</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-12"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -512,51 +513,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Viareggio;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="834" w:leader="none"/>
           <w:tab w:val="left" w:pos="836" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="235" w:before="1" w:after="0"/>
-        <w:ind w:left="836" w:right="234" w:hanging="361"/>
+        <w:ind w:hanging="361" w:start="836" w:end="234"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>che non beneficia di nessuna indennità di maternità nel periodo di astensione obbligatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-4"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -710,51 +711,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>contributo concesso da Comune, come previsto ai sensi dell'art. 74 Dlgs. 151/2011;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="834" w:leader="none"/>
           <w:tab w:val="left" w:pos="836" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="235" w:before="0" w:after="0"/>
-        <w:ind w:left="836" w:right="458" w:hanging="361"/>
+        <w:ind w:hanging="361" w:start="836" w:end="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -1012,51 +1013,51 @@
           <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>20.221,13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="834" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="exact" w:line="364" w:before="0" w:after="0"/>
-        <w:ind w:left="834" w:right="0" w:hanging="359"/>
+        <w:ind w:hanging="359" w:start="834" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -1109,51 +1110,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>comunitaria;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="834" w:leader="none"/>
           <w:tab w:val="left" w:pos="836" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="235" w:before="1" w:after="0"/>
-        <w:ind w:left="836" w:right="584" w:hanging="361"/>
+        <w:ind w:hanging="361" w:start="836" w:end="584"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -1298,52 +1299,52 @@
         </w:rPr>
         <w:t xml:space="preserve">di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="95"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>soggiorno:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="240" w:before="187" w:after="0"/>
-        <w:ind w:left="274" w:right="0" w:hanging="159"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="159" w:start="274" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>permesso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-10"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
@@ -1513,52 +1514,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Lavoro</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="240" w:before="187" w:after="0"/>
-        <w:ind w:left="274" w:right="0" w:hanging="159"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="159" w:start="274" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>permesso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-4"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -1716,52 +1717,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Soggiorno)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="240" w:before="191" w:after="0"/>
-        <w:ind w:left="274" w:right="0" w:hanging="159"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="159" w:start="274" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>permesso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
@@ -1955,51 +1956,51 @@
         </w:rPr>
         <w:t>Rifugiato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Politico</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="235" w:before="189" w:after="0"/>
-        <w:ind w:left="115" w:right="276" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>per le cittadine dei paesi Tunisia, Marocco, Algeria e Turchia,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-1"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -2059,51 +2060,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="95"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>biennale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="834" w:leader="none"/>
           <w:tab w:val="left" w:pos="836" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="235" w:before="195" w:after="0"/>
-        <w:ind w:left="836" w:right="103" w:hanging="361"/>
+        <w:ind w:hanging="361" w:start="836" w:end="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Se il permesso di soggiorno è scaduto e anche il termine per la presentazione della domanda sta per scadere, è possibile richiedere l’assegno allegando copia del permesso scaduto e della ricevuta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -2130,57 +2131,57 @@
         <w:t>poi inoltrato all'INPS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>al momento della presentazione del permesso di soggiorno formalmente concesso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="nextPage"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:left="1020" w:right="1080" w:header="0" w:top="1340" w:footer="0" w:bottom="280" w:gutter="0"/>
+          <w:pgMar w:left="1020" w:right="1080" w:gutter="0" w:header="0" w:top="1340" w:footer="0" w:bottom="280"/>
           <w:pgNumType w:fmt="decimal"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="100" w:charSpace="0"/>
         </w:sectPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="188" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
@@ -2343,272 +2344,157 @@
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>figlio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-4"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>nato.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:lineRule="exact" w:line="367" w:before="82" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor behindDoc="0" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="2">
+              <wp:anchor behindDoc="0" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6225540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="33655" cy="5080"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Graphic 1"/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="33120" cy="4320"/>
+                          <a:ext cx="33480" cy="5040"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
-                          <a:gdLst/>
+                          <a:gdLst>
+                            <a:gd name="textAreaLeft" fmla="*/ 0 w 19080"/>
+                            <a:gd name="textAreaRight" fmla="*/ 19440 w 19080"/>
+                            <a:gd name="textAreaTop" fmla="*/ 0 h 2880"/>
+                            <a:gd name="textAreaBottom" fmla="*/ 3240 h 2880"/>
+                          </a:gdLst>
                           <a:ahLst/>
-                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:cxnLst/>
+                          <a:rect l="textAreaLeft" t="textAreaTop" r="textAreaRight" b="textAreaBottom"/>
                           <a:pathLst>
                             <a:path w="31750" h="3175">
                               <a:moveTo>
                                 <a:pt x="31750" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="0" y="0"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="0" y="3175"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="31750" y="3175"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="31750" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="1c1f23"/>
                         </a:solidFill>
-                        <a:ln>
+                        <a:ln w="0">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0"/>
                         <a:fillRef idx="0"/>
                         <a:effectRef idx="0"/>
                         <a:fontRef idx="minor"/>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict/>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>L'assegno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
-        <w:t>per</w:t>
-[...119 lines deleted...]
-        </w:rPr>
         <w:t>è</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-1"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>liquidato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-1"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2674,51 +2560,51 @@
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve">un'unica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve">soluzione. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>Al momento della presentazione della domanda l'attestazione ISEE deve essere in corso di validità, corrispondere allo stato di famiglia ed essere priva di omissione e/o difformità.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="188" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>La</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-4"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
@@ -2882,51 +2768,51 @@
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>modi:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="240" w:before="191" w:after="0"/>
-        <w:ind w:left="274" w:right="0" w:hanging="159"/>
+        <w:ind w:hanging="159" w:start="274" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>consegnata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-4"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -3165,51 +3051,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="235" w:before="189" w:after="0"/>
-        <w:ind w:left="115" w:right="557" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="557"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>spedita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
@@ -3459,51 +3345,51 @@
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="95"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Comune);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="true"/>
         <w:bidi w:val="0"/>
         <w:spacing w:lineRule="auto" w:line="235" w:before="190" w:after="0"/>
-        <w:ind w:left="113" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="113" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>inviata tramite</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-9"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
@@ -3542,79 +3428,79 @@
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>certificata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-7"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elettronica) all'indirizzo </w:t>
       </w:r>
       <w:hyperlink r:id="rId2">
         <w:r>
           <w:rPr>
+            <w:rStyle w:val="Style8"/>
             <w:b w:val="false"/>
             <w:bCs w:val="false"/>
             <w:color w:val="1C1F23"/>
             <w:w w:val="90"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>comune.viareggio@postacert.toscana.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:lineRule="auto" w:line="235"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>L'INPS, ricevuto l'elenco dei beneficiari dal Comune, effettuerà</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
@@ -3625,64 +3511,64 @@
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve">pagamento con propria </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>tempistica.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>Normativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>di</w:t>
       </w:r>
@@ -3692,52 +3578,52 @@
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>riferimento:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="240" w:before="191" w:after="0"/>
-        <w:ind w:left="274" w:right="0" w:hanging="159"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="159" w:start="274" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Gazzetta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-19"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="90"/>
@@ -3761,51 +3647,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>n°</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-17"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>82/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="187" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-1"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
@@ -3832,52 +3718,52 @@
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>159/2013</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="240" w:before="186" w:after="0"/>
-        <w:ind w:left="274" w:right="0" w:hanging="159"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="159" w:start="274" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Circolare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-15"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
@@ -4064,52 +3950,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sociali</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="240" w:before="191" w:after="0"/>
-        <w:ind w:left="274" w:right="0" w:hanging="159"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="159" w:start="274" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>D.lgs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-8"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
@@ -4245,52 +4131,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>paternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="274" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="240" w:before="187" w:after="0"/>
-        <w:ind w:left="274" w:right="0" w:hanging="159"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="159" w:start="274" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Legge</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
@@ -4363,51 +4249,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="85"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>66</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="191" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>D.P.C.M.</w:t>
@@ -4436,112 +4322,110 @@
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>del</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>21/12/2000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="186" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>D.Lgs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="80"/>
         </w:rPr>
         <w:t>230/2021</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="Titolo1"/>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:w w:val="90"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Centro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
@@ -4785,74 +4669,77 @@
           <w:spacing w:val="-5"/>
           <w:w w:val="90"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>l'Altra"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Titolo1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="Corpodeltesto"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="1C1F23"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="1C1F23"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:lineRule="auto" w:line="235" w:before="51" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
-          <w:b w:val="false"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>Centro di ascolto, ad accesso diretto e gratuito, per donne che abbiano subito violenze e maltrattamenti. Fornisce anche consulenza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4929,56 +4816,55 @@
         </w:rPr>
         <w:t>0584</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-8"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>52645</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Corpodeltesto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:lineRule="auto" w:line="235"/>
-        <w:ind w:left="115" w:right="1289" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="1289"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
-          <w:b w:val="false"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>Orario:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-12"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5290,2263 +5176,2263 @@
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-22"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>822</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Indirizzo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>web:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="1C1F23"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4">
-[...13 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CollegamentoInternetuser"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
+        <w:t>www.casadelledonne.it</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>Assegno di Inclusione (ADI)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">L’Assegno di Inclusione (ADI) è una misura nazionale di contrasto alla povertà, alla fragilità e all’esclusione sociale delle fasce deboli attraverso percorsi di inserimento sociale, nonché di formazione, di lavoro e di politica attiva del lavoro, istituita a decorrere dal 1° gennaio 2024 dall’articolo 1 1 del decreto-legge 4 maggio 2023, n. 48, convertito con modificazioni dalla legge 3 luglio 2023, n. 85. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">L’ADI consiste in un sostegno economico e di inclusione sociale e professionale, condizionato alla prova dei mezzi e all’adesione a un percorso personalizzato di attivazione e di inclusione sociale e lavorativa. Si compone di due parti: un'integrazione del reddito familiare fino a una soglia (quota A) e un sostegno per i nuclei residenti in abitazione concessa in locazione con contratto ritualmente registrato (quota B). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>L’ADI è riconosciuto, a richiesta di uno dei componenti del nucleo familiare, a garanzia delle necessità di inclusione dei nuclei familiari con componenti con disabilità, come definita ai sensi del regolamento di cui al decreto del Presidente del Consiglio dei ministri 5 dicembre 2013, n. 159, nonché dei componenti minorenni o con almeno sessant'anni di età, ovvero dei componenti in condizione di svantaggio e inseriti in programmi di cura e assistenza dei servizi socio-sanitari territoriali certificati dalla pubblica amministrazione.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>I richiedenti l’ADI devono possedere, per tutta la durata del beneficio, i seguenti requisiti:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>Requisiti di cittadinanza, soggiorno e residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>Il richiedente deve essere alternativamente:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- cittadino italiano o suo familiare che sia titolare del diritto di soggiorno o del diritto di  soggiorno permanente;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- cittadino di altro Paese dell’Unione europea o suo familiare che sia titolare del soggiorno o del diritto di soggiorno permanente;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- cittadino di Paesi terzi in possesso del permesso di soggiorno UE per soggiornanti di lungo periodo;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- titolare dello status di protezione internazionale di cui al decreto legislativo 19 novembre 2007, n. 251 o dello status di apolide.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>Il richiedente, al momento della presentazione della domanda, deve essere residente in Italia da almeno cinque anni, di cui gli ultimi due in modo continuativo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>La continuità della residenza si intende interrotta nella ipotesi di assenza dal territorio italiano per un periodo pari o superiore a due mesi continuativi, ovvero nella ipotesi di assenza dal territorio italiano nell’arco di 18 mesi per un periodo pari o superiore a quattro mesi anche non continuativi. Non interrompono la continuità del periodo, anche se superiori ai predetti limiti, le assenze per gravi e documentati motivi di salute.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>Il requisito della residenza al momento della presentazione della domanda e per tutta la durata dell’erogazione del beneficio è esteso ai componenti del nucleo familiare beneficiari della misura.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>Requisiti economici</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>Il nucleo familiare del richiedente deve possedere i seguenti requisiti economici:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- un valore dell’ISEE, in corso di validità non superiore a 9.360 euro;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- un valore del reddito familiare* inferiore ad una soglia di 6.000 euro annui, moltiplicata per il corrispondente parametro della scala di equivalenza ADI;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- un patrimonio immobiliare in Italia e all’estero, come definito ai fini ISEE diverso dalla casa di abitazione di valore ai fini dell’imposta municipale propria (IMU) non superiore a 150.000 euro, non superiore a 30.000 euro;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="0" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="0" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- un patrimonio mobiliare (ad esempio depositi, conti correnti, ecc.) come definito ai fini ISEE non superiore a:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>6.000 euro per i nuclei composti da un solo componente;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>8.000 euro per i nuclei composti da due componenti;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>10.000 euro per i nuclei composti da tre o più componenti (soglia aumentata di 1.000 euro per ogni figlio a partire dal terzo)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>Questi massimali sono incrementati di:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>5.000 euro per ogni componente con disabilità;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>7.500 euro per ogni componente presente nel nucleo in condizione di disabilità grave o di non autosufficienza, come definita ai fini ISEE;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>- non avere nel nucleo familiare alcun componente intestatario a qualunque titolo o nella piena disponibilità di:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="35" w:after="0"/>
+        <w:ind w:hanging="360" w:start="1363" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>autoveicoli di cilindrata superiore a 1600 cc o motoveicoli di cilindrata superiore a 250 cc, immatricolati per la prima volta nei 36 mesi antecedenti la richiesta, esclusi gli autoveicoli e i motoveicoli per cui è prevista una agevolazione fiscale per le persone con disabilità;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="35" w:after="0"/>
+        <w:ind w:hanging="360" w:start="1363" w:end="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
         <w:t>navi o imbarcazioni da diporto ai sensi dell’articolo 3 comma 1 del codice della nautica da diporto, di cui al decreto legislativo 18 luglio 2005, n. 171, nonché aeromobili di qualsiasi genere.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="35" w:after="0"/>
-        <w:ind w:left="115" w:right="0" w:hanging="0"/>
-        <w:jc w:val="left"/>
+        <w:ind w:hanging="0" w:start="115" w:end="0"/>
+        <w:jc w:val="start"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode"/>
           <w:b w:val="false"/>
-          <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
           <w:u w:val="none" w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="none" w:color="0000FF"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:left="1020" w:right="1080" w:header="0" w:top="1340" w:footer="0" w:bottom="280" w:gutter="0"/>
+      <w:pgMar w:left="1020" w:right="1080" w:gutter="0" w:header="0" w:top="1340" w:footer="0" w:bottom="280"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
-    <w:charset w:val="00"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:charset w:val="00"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:charset w:val="00"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
-    <w:charset w:val="00"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
-    <w:charset w:val="00"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
-    <w:charset w:val="02"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00" w:characterSet="windows-1252"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...3 lines deleted...]
-  </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="01"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml">
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="115" w:hanging="160"/>
+        <w:ind w:start="115" w:hanging="160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="836" w:hanging="361"/>
+        <w:ind w:start="836" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1836" w:hanging="361"/>
+        <w:ind w:start="1836" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="2832" w:hanging="361"/>
+        <w:ind w:start="2832" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="3828" w:hanging="361"/>
+        <w:ind w:start="3828" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="4824" w:hanging="361"/>
+        <w:ind w:start="4824" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="5820" w:hanging="361"/>
+        <w:ind w:start="5820" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="6816" w:hanging="361"/>
+        <w:ind w:start="6816" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="7812" w:hanging="361"/>
+        <w:ind w:start="7812" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="836" w:hanging="361"/>
+        <w:ind w:start="836" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:spacing w:val="0"/>
         <w:i w:val="false"/>
         <w:b w:val="false"/>
         <w:szCs w:val="24"/>
         <w:iCs w:val="false"/>
         <w:bCs w:val="false"/>
         <w:w w:val="81"/>
         <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
         <w:color w:val="1C1F23"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1736" w:hanging="361"/>
+        <w:ind w:start="1736" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="2633" w:hanging="361"/>
+        <w:ind w:start="2633" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="3529" w:hanging="361"/>
+        <w:ind w:start="3529" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="4426" w:hanging="361"/>
+        <w:ind w:start="4426" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="5322" w:hanging="361"/>
+        <w:ind w:start="5322" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="6219" w:hanging="361"/>
+        <w:ind w:start="6219" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="7115" w:hanging="361"/>
+        <w:ind w:start="7115" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="8012" w:hanging="361"/>
+        <w:ind w:start="8012" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1363"/>
         </w:tabs>
-        <w:ind w:left="1363" w:hanging="360"/>
+        <w:ind w:start="1363" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1723"/>
         </w:tabs>
-        <w:ind w:left="1723" w:hanging="360"/>
+        <w:ind w:start="1723" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2083"/>
         </w:tabs>
-        <w:ind w:left="2083" w:hanging="360"/>
+        <w:ind w:start="2083" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2443"/>
         </w:tabs>
-        <w:ind w:left="2443" w:hanging="360"/>
+        <w:ind w:start="2443" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2803"/>
         </w:tabs>
-        <w:ind w:left="2803" w:hanging="360"/>
+        <w:ind w:start="2803" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3163"/>
         </w:tabs>
-        <w:ind w:left="3163" w:hanging="360"/>
+        <w:ind w:start="3163" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3523"/>
         </w:tabs>
-        <w:ind w:left="3523" w:hanging="360"/>
+        <w:ind w:start="3523" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3883"/>
         </w:tabs>
-        <w:ind w:left="3883" w:hanging="360"/>
+        <w:ind w:start="3883" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4243"/>
         </w:tabs>
-        <w:ind w:left="4243" w:hanging="360"/>
+        <w:ind w:start="4243" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlJc w:val="start"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:start="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation w:val="true"/>
+  <w:hyphenationZone w:val="360"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="false"/>
       <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
       <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-      <w:ind w:left="0" w:right="0" w:hanging="0"/>
-      <w:jc w:val="left"/>
+      <w:ind w:hanging="0" w:start="0" w:end="0"/>
+      <w:jc w:val="start"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:eastAsia="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titolo1">
-    <w:name w:val="Heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="115" w:right="0" w:hanging="0"/>
+      <w:ind w:hanging="0" w:start="115" w:end="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:eastAsia="Trebuchet MS" w:cs="Trebuchet MS"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="CollegamentoInternet">
-    <w:name w:val="Collegamento Internet"/>
+  <w:style w:type="character" w:styleId="CollegamentoInternetuser">
+    <w:name w:val="Collegamento Internet (user)"/>
+    <w:qFormat/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
       <w:lang w:val="zxx" w:eastAsia="zxx" w:bidi="zxx"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Punti">
-    <w:name w:val="Punti"/>
+  <w:style w:type="character" w:styleId="Puntiuser">
+    <w:name w:val="Punti (user)"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:eastAsia="OpenSymbol" w:cs="OpenSymbol"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo">
     <w:name w:val="Titolo"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Corpodeltesto"/>
+    <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Lucida Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Corpodeltesto">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="115" w:right="0" w:hanging="0"/>
+      <w:ind w:hanging="0" w:start="115" w:end="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:eastAsia="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Elenco">
+  <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Corpodeltesto"/>
+    <w:basedOn w:val="BodyText"/>
     <w:pPr/>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Didascalia">
-    <w:name w:val="Caption"/>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Indice">
     <w:name w:val="Indice"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titoloprincipale">
+  <w:style w:type="paragraph" w:styleId="Titolouser">
+    <w:name w:val="Titolo (user)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Lucida Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Indiceuser">
+    <w:name w:val="Indice (user)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="90" w:after="0"/>
-      <w:ind w:left="115" w:right="0" w:hanging="0"/>
+      <w:ind w:hanging="0" w:start="115" w:end="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:eastAsia="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="191" w:after="0"/>
-      <w:ind w:left="274" w:right="0" w:hanging="159"/>
+      <w:ind w:hanging="159" w:start="274" w:end="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:eastAsia="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
       <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr/>
     <w:rPr>
       <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
-    <w:name w:val="No List"/>
+  <w:style w:type="numbering" w:styleId="Nessunelenco" w:default="1">
+    <w:name w:val="Nessun elenco"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:comune.viareggio@postacert.toscana.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casadelledonne.it/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:comune.viareggio@postacert.toscana.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="1f497d"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="eeece1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4f81bd"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="c0504d"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="9bbb59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="8064a2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4bacc6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="f79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0000ff"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...27 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...27 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:shade val="51000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="80000">
               <a:schemeClr val="phClr">
                 <a:shade val="93000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="94000"/>
-                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...16 lines deleted...]
-          </a:sp3d>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="40000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
                 <a:tint val="45000"/>
                 <a:shade val="99000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="20000"/>
-                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
-                <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/6.4.7.2$Windows_x86 LibreOffice_project/639b8ac485750d5696d7590a72ef1b496725cfb5</Application>
+  <Application>LibreOffice/25.8.1.1$Windows_X86_64 LibreOffice_project/54047653041915e595ad4e45cccea684809c77b5</Application>
+  <AppVersion></AppVersion>
+  <DocSecurity>0</DocSecurity>
   <Pages>4</Pages>
-  <Words>1280</Words>
-[...1 lines deleted...]
-  <CharactersWithSpaces>8313</CharactersWithSpaces>
+  <Words>1272</Words>
+  <Characters>7035</Characters>
+  <CharactersWithSpaces>8272</CharactersWithSpaces>
   <Paragraphs>62</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Giuseppe Sampieri</dc:creator>
   <dc:description/>
   <dc:language>it-IT</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-11-28T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Creator">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft Word</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="DocSecurity">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="HyperlinksChanged">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
     <vt:bool>0</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="LastSaved">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LastSaved">
     <vt:filetime>2024-05-08T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="LinksUpToDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LinksUpToDate">
     <vt:bool>0</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ScaleCrop">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ScaleCrop">
     <vt:bool>0</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ShareDoc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ShareDoc">
     <vt:bool>0</vt:bool>
   </property>
 </Properties>
 </file>